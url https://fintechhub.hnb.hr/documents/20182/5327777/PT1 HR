--- v1 (2025-12-18)
+++ v2 (2026-03-10)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PT1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="919" uniqueCount="42">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>KREDITNI TRANSFERI PREMA OPISU NAČINA PLAĆANJA U REPUBLICI HRVATSKOJ U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>KREDITNI TRANSFERI</t>
   </si>
   <si>
     <t>SIJEČANJ</t>
   </si>
   <si>
     <t>VELJAČA</t>
   </si>
@@ -89,87 +89,87 @@
   <si>
     <t>LISTOPAD</t>
   </si>
   <si>
     <t>STUDENI</t>
   </si>
   <si>
     <t>PROSINAC</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>UKUPNO - Broj transakcija</t>
   </si>
   <si>
     <t>UKUPNO - Vrijednost transakcija</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Šalter</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> Papirni nalog</t>
   </si>
   <si>
     <t> 2D barkod</t>
   </si>
   <si>
     <t> Ostalo</t>
   </si>
   <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t> Internet</t>
   </si>
   <si>
     <t> POTROŠAČ</t>
   </si>
   <si>
     <t> Telebanking</t>
   </si>
   <si>
     <t> Elektronički</t>
   </si>
   <si>
     <t> Mobilni telefon</t>
   </si>
   <si>
     <t> Bankomat/bankarski kiosk</t>
   </si>
   <si>
     <t> E-račun</t>
   </si>
   <si>
     <t> SMS</t>
-  </si>
-[...1 lines deleted...]
-    <t>*</t>
   </si>
   <si>
     <t> NEPOTROŠAČ {1}</t>
   </si>
   <si>
     <t> Interni sustav obveznika</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
   <si>
     <t>{1} uključuje plaćanja kreditnih institucija</t>
   </si>
   <si>
     <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
@@ -883,60 +883,60 @@
       <c r="D10" s="9">
         <v>1082536</v>
       </c>
       <c r="E10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="F10" s="9">
         <v>948989148</v>
       </c>
       <c r="G10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="H10" s="9">
         <v>1086505</v>
       </c>
       <c r="I10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="J10" s="9">
         <v>1014857350</v>
       </c>
       <c r="K10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="L10" s="9">
-        <v>1130499</v>
+        <v>1126339</v>
       </c>
       <c r="M10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N10" s="9">
-        <v>1411969076</v>
+        <v>1410749266</v>
       </c>
       <c r="O10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="P10" s="9">
         <v>1080209</v>
       </c>
       <c r="Q10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="R10" s="9">
         <v>1036319654</v>
       </c>
       <c r="S10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="T10" s="9">
         <v>1083305</v>
       </c>
       <c r="U10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V10" s="9">
         <v>1228654829</v>
       </c>
       <c r="W10" t="s" s="8">
         <v>22</v>
       </c>
@@ -967,107 +967,107 @@
       <c r="AF10" s="9">
         <v>989563</v>
       </c>
       <c r="AG10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH10" s="9">
         <v>747817306</v>
       </c>
       <c r="AI10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ10" s="9">
         <v>1105209</v>
       </c>
       <c r="AK10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL10" s="9">
         <v>1210901012</v>
       </c>
       <c r="AM10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN10" s="9">
-        <v/>
+        <v>1085525</v>
       </c>
       <c r="AO10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP10" s="9">
-        <v/>
+        <v>1140042345</v>
       </c>
       <c r="AQ10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR10" s="9">
-        <v/>
+        <v>984826</v>
       </c>
       <c r="AS10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT10" s="9">
-        <v/>
+        <v>1171616046</v>
       </c>
       <c r="AU10" t="s" s="8">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV10" s="9">
-        <v/>
+        <v>1025238</v>
       </c>
       <c r="AW10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX10" s="9">
-        <v/>
+        <v>1156834948</v>
       </c>
       <c r="AY10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ10" s="10">
-        <v>9787996</v>
+        <v>12879425</v>
       </c>
       <c r="BA10" t="s" s="11">
         <v>22</v>
       </c>
       <c r="BB10" s="10">
-        <v>9930270239</v>
+        <v>13397543768</v>
       </c>
       <c r="BC10" t="s" s="11">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:55">
       <c r="A11" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B11" t="s" s="12">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s" s="12">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D11" s="13">
         <v>2039037</v>
       </c>
       <c r="E11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F11" s="13">
         <v>63970963</v>
       </c>
       <c r="G11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H11" s="13">
         <v>1959848</v>
       </c>
       <c r="I11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J11" s="13">
         <v>66005196</v>
       </c>
       <c r="K11" t="s" s="12">
         <v>22</v>
       </c>
@@ -1134,107 +1134,107 @@
       <c r="AF11" s="13">
         <v>1688423</v>
       </c>
       <c r="AG11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH11" s="13">
         <v>52310541</v>
       </c>
       <c r="AI11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ11" s="13">
         <v>1786154</v>
       </c>
       <c r="AK11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL11" s="13">
         <v>57278823</v>
       </c>
       <c r="AM11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN11" s="13">
-        <v/>
+        <v>1723082</v>
       </c>
       <c r="AO11" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP11" s="13">
-        <v/>
+        <v>53695749</v>
       </c>
       <c r="AQ11" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR11" s="13">
-        <v/>
+        <v>1612018</v>
       </c>
       <c r="AS11" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT11" s="13">
-        <v/>
+        <v>51531659</v>
       </c>
       <c r="AU11" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV11" s="13">
-        <v/>
+        <v>1690898</v>
       </c>
       <c r="AW11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX11" s="13">
-        <v/>
+        <v>55666253</v>
       </c>
       <c r="AY11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ11" s="14">
-        <v>16890105</v>
+        <v>21916103</v>
       </c>
       <c r="BA11" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB11" s="14">
-        <v>547340470</v>
+        <v>708234131</v>
       </c>
       <c r="BC11" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:55">
       <c r="A12" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C12" t="s" s="12">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D12" s="13">
         <v>38</v>
       </c>
       <c r="E12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F12" s="13">
         <v>169014</v>
       </c>
       <c r="G12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H12" s="13">
         <v>36</v>
       </c>
       <c r="I12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J12" s="13">
         <v>135726</v>
       </c>
       <c r="K12" t="s" s="12">
         <v>22</v>
       </c>
@@ -1301,140 +1301,140 @@
       <c r="AF12" s="13">
         <v>355</v>
       </c>
       <c r="AG12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH12" s="13">
         <v>206064</v>
       </c>
       <c r="AI12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ12" s="13">
         <v>173</v>
       </c>
       <c r="AK12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL12" s="13">
         <v>202738</v>
       </c>
       <c r="AM12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN12" s="13">
-        <v/>
+        <v>383</v>
       </c>
       <c r="AO12" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP12" s="13">
-        <v/>
+        <v>5894647</v>
       </c>
       <c r="AQ12" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR12" s="13">
-        <v/>
+        <v>308</v>
       </c>
       <c r="AS12" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT12" s="13">
-        <v/>
+        <v>4307941</v>
       </c>
       <c r="AU12" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV12" s="13">
-        <v/>
+        <v>374</v>
       </c>
       <c r="AW12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX12" s="13">
-        <v/>
+        <v>4489939</v>
       </c>
       <c r="AY12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ12" s="14">
-        <v>861</v>
+        <v>1926</v>
       </c>
       <c r="BA12" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB12" s="14">
-        <v>1456151</v>
+        <v>16148678</v>
       </c>
       <c r="BC12" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:55">
       <c r="A13" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B13" t="s" s="16">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13" t="s" s="16">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D13" s="17">
         <v>3121611</v>
       </c>
       <c r="E13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="F13" s="17">
         <v>1013129125</v>
       </c>
       <c r="G13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="H13" s="17">
         <v>3046389</v>
       </c>
       <c r="I13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="J13" s="17">
         <v>1080998272</v>
       </c>
       <c r="K13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="L13" s="17">
-        <v>3205619</v>
+        <v>3201459</v>
       </c>
       <c r="M13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="N13" s="17">
-        <v>1481997350</v>
+        <v>1480777540</v>
       </c>
       <c r="O13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="P13" s="17">
         <v>2959487</v>
       </c>
       <c r="Q13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="R13" s="17">
         <v>1093663395</v>
       </c>
       <c r="S13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="T13" s="17">
         <v>2901151</v>
       </c>
       <c r="U13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="V13" s="17">
         <v>1290220239</v>
       </c>
@@ -1468,93 +1468,93 @@
       <c r="AF13" s="17">
         <v>2678341</v>
       </c>
       <c r="AG13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AH13" s="17">
         <v>800333911</v>
       </c>
       <c r="AI13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AJ13" s="17">
         <v>2891536</v>
       </c>
       <c r="AK13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AL13" s="17">
         <v>1268382573</v>
       </c>
       <c r="AM13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AN13" s="17">
-        <v/>
+        <v>2808990</v>
       </c>
       <c r="AO13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AP13" s="17">
-        <v/>
+        <v>1199632741</v>
       </c>
       <c r="AQ13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AR13" s="17">
-        <v/>
+        <v>2597152</v>
       </c>
       <c r="AS13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AT13" s="17">
-        <v/>
+        <v>1227455646</v>
       </c>
       <c r="AU13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AV13" s="17">
-        <v/>
+        <v>2716510</v>
       </c>
       <c r="AW13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AX13" s="17">
-        <v/>
+        <v>1216991140</v>
       </c>
       <c r="AY13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AZ13" s="19">
-        <v>26678962</v>
+        <v>34797454</v>
       </c>
       <c r="BA13" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB13" s="19">
-        <v>10479066860</v>
+        <v>14121926577</v>
       </c>
       <c r="BC13" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:55">
       <c r="A14" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C14" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D14" s="13">
         <v>3621</v>
       </c>
       <c r="E14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F14" s="13">
         <v>11261181</v>
       </c>
       <c r="G14" t="s" s="12">
@@ -1635,143 +1635,143 @@
       <c r="AF14" s="13">
         <v>3067</v>
       </c>
       <c r="AG14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH14" s="13">
         <v>6215644</v>
       </c>
       <c r="AI14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ14" s="13">
         <v>2908</v>
       </c>
       <c r="AK14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL14" s="13">
         <v>7234683</v>
       </c>
       <c r="AM14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN14" s="13">
-        <v/>
+        <v>3226</v>
       </c>
       <c r="AO14" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP14" s="13">
-        <v/>
+        <v>9637722</v>
       </c>
       <c r="AQ14" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR14" s="13">
-        <v/>
+        <v>2846</v>
       </c>
       <c r="AS14" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT14" s="13">
-        <v/>
+        <v>9549230</v>
       </c>
       <c r="AU14" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV14" s="13">
-        <v/>
+        <v>3071</v>
       </c>
       <c r="AW14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX14" s="13">
-        <v/>
+        <v>14640971</v>
       </c>
       <c r="AY14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ14" s="14">
-        <v>29255</v>
+        <v>38398</v>
       </c>
       <c r="BA14" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB14" s="14">
-        <v>78791023</v>
+        <v>112618946</v>
       </c>
       <c r="BC14" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:55">
       <c r="A15" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C15" t="s" s="12">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D15" s="13">
-        <v>884050</v>
+        <v>886910</v>
       </c>
       <c r="E15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F15" s="13">
-        <v>287454338</v>
+        <v>290253321</v>
       </c>
       <c r="G15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H15" s="13">
         <v>878855</v>
       </c>
       <c r="I15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J15" s="13">
         <v>312318071</v>
       </c>
       <c r="K15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="L15" s="13">
-        <v>912323</v>
+        <v>708514</v>
       </c>
       <c r="M15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N15" s="13">
-        <v>416468037</v>
+        <v>341080414</v>
       </c>
       <c r="O15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="P15" s="13">
         <v>854254</v>
       </c>
       <c r="Q15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="R15" s="13">
         <v>328900007</v>
       </c>
       <c r="S15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="T15" s="13">
         <v>817488</v>
       </c>
       <c r="U15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V15" s="13">
         <v>334694052</v>
       </c>
       <c r="W15" t="s" s="12">
         <v>22</v>
       </c>
@@ -1802,107 +1802,107 @@
       <c r="AF15" s="13">
         <v>664434</v>
       </c>
       <c r="AG15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH15" s="13">
         <v>215762125</v>
       </c>
       <c r="AI15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ15" s="13">
         <v>809605</v>
       </c>
       <c r="AK15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL15" s="13">
         <v>370477526</v>
       </c>
       <c r="AM15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN15" s="13">
-        <v/>
+        <v>740712</v>
       </c>
       <c r="AO15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP15" s="13">
-        <v/>
+        <v>323929683</v>
       </c>
       <c r="AQ15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR15" s="13">
-        <v/>
+        <v>711847</v>
       </c>
       <c r="AS15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT15" s="13">
-        <v/>
+        <v>350684416</v>
       </c>
       <c r="AU15" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV15" s="13">
-        <v/>
+        <v>784599</v>
       </c>
       <c r="AW15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX15" s="13">
-        <v/>
+        <v>440441853</v>
       </c>
       <c r="AY15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ15" s="14">
-        <v>7360358</v>
+        <v>9396567</v>
       </c>
       <c r="BA15" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB15" s="14">
-        <v>2981977285</v>
+        <v>4024444597</v>
       </c>
       <c r="BC15" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:55">
       <c r="A16" t="s" s="7">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C16" t="s" s="12">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D16" s="13">
         <v/>
       </c>
       <c r="E16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F16" s="13">
         <v/>
       </c>
       <c r="G16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H16" s="13">
         <v/>
       </c>
       <c r="I16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J16" s="13">
         <v/>
       </c>
       <c r="K16" t="s" s="12">
         <v>22</v>
       </c>
@@ -2022,221 +2022,221 @@
       </c>
       <c r="AX16" s="13">
         <v/>
       </c>
       <c r="AY16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ16" s="14">
         <v>0</v>
       </c>
       <c r="BA16" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB16" s="14">
         <v>0</v>
       </c>
       <c r="BC16" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:55">
       <c r="A17" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B17" t="s" s="12">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C17" t="s" s="12">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D17" s="13">
-        <v>14166050</v>
+        <v>14166492</v>
       </c>
       <c r="E17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F17" s="13">
-        <v>2162288453</v>
+        <v>2162381555</v>
       </c>
       <c r="G17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H17" s="13">
-        <v>14027834</v>
+        <v>14028367</v>
       </c>
       <c r="I17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J17" s="13">
-        <v>2371636686</v>
+        <v>2371817517</v>
       </c>
       <c r="K17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L17" s="13">
-        <v>15147238</v>
+        <v>12182204</v>
       </c>
       <c r="M17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N17" s="13">
-        <v>2834204097</v>
+        <v>2269945112</v>
       </c>
       <c r="O17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="P17" s="13">
-        <v>14536218</v>
+        <v>14536728</v>
       </c>
       <c r="Q17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="R17" s="13">
-        <v>2377928342</v>
+        <v>2378088574</v>
       </c>
       <c r="S17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="T17" s="13">
-        <v>15018493</v>
+        <v>15018852</v>
       </c>
       <c r="U17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="V17" s="13">
-        <v>2522815442</v>
+        <v>2522919371</v>
       </c>
       <c r="W17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="X17" s="13">
-        <v>15400455</v>
+        <v>15400947</v>
       </c>
       <c r="Y17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="Z17" s="13">
-        <v>2786132467</v>
+        <v>2786339511</v>
       </c>
       <c r="AA17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AB17" s="13">
-        <v>15407743</v>
+        <v>15408178</v>
       </c>
       <c r="AC17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AD17" s="13">
-        <v>2629744956</v>
+        <v>2629927094</v>
       </c>
       <c r="AE17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AF17" s="13">
-        <v>14075521</v>
+        <v>14075818</v>
       </c>
       <c r="AG17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AH17" s="13">
-        <v>2173742893</v>
+        <v>2173906875</v>
       </c>
       <c r="AI17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AJ17" s="13">
-        <v>17166849</v>
+        <v>17167095</v>
       </c>
       <c r="AK17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AL17" s="13">
-        <v>2888248014</v>
+        <v>2888575092</v>
       </c>
       <c r="AM17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AN17" s="13">
-        <v/>
+        <v>15879065</v>
       </c>
       <c r="AO17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP17" s="13">
-        <v/>
+        <v>2689642331</v>
       </c>
       <c r="AQ17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR17" s="13">
-        <v/>
+        <v>15268999</v>
       </c>
       <c r="AS17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT17" s="13">
-        <v/>
+        <v>2721931644</v>
       </c>
       <c r="AU17" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV17" s="13">
-        <v/>
+        <v>16332780</v>
       </c>
       <c r="AW17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX17" s="13">
-        <v/>
+        <v>3119138262</v>
       </c>
       <c r="AY17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ17" s="14">
-        <v>134946401</v>
+        <v>179465525</v>
       </c>
       <c r="BA17" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB17" s="14">
-        <v>22746741350</v>
+        <v>30714612938</v>
       </c>
       <c r="BC17" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:55">
       <c r="A18" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C18" t="s" s="12">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D18" s="13">
         <v>5881</v>
       </c>
       <c r="E18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F18" s="13">
         <v>1079565</v>
       </c>
       <c r="G18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H18" s="13">
         <v>5769</v>
       </c>
       <c r="I18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J18" s="13">
         <v>1042785</v>
       </c>
       <c r="K18" t="s" s="12">
         <v>22</v>
       </c>
@@ -2303,143 +2303,143 @@
       <c r="AF18" s="13">
         <v>5788</v>
       </c>
       <c r="AG18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH18" s="13">
         <v>1137750</v>
       </c>
       <c r="AI18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ18" s="13">
         <v>6092</v>
       </c>
       <c r="AK18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL18" s="13">
         <v>1192990</v>
       </c>
       <c r="AM18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN18" s="13">
-        <v/>
+        <v>6248</v>
       </c>
       <c r="AO18" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP18" s="13">
-        <v/>
+        <v>1244230</v>
       </c>
       <c r="AQ18" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR18" s="13">
-        <v/>
+        <v>5956</v>
       </c>
       <c r="AS18" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT18" s="13">
-        <v/>
+        <v>1165820</v>
       </c>
       <c r="AU18" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV18" s="13">
-        <v/>
+        <v>6143</v>
       </c>
       <c r="AW18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX18" s="13">
-        <v/>
+        <v>1274350</v>
       </c>
       <c r="AY18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ18" s="14">
-        <v>55082</v>
+        <v>73429</v>
       </c>
       <c r="BA18" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB18" s="14">
-        <v>10615055</v>
+        <v>14299455</v>
       </c>
       <c r="BC18" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:55">
       <c r="A19" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C19" t="s" s="12">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D19" s="13">
         <v>19930</v>
       </c>
       <c r="E19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F19" s="13">
         <v>581178</v>
       </c>
       <c r="G19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H19" s="13">
         <v>19381</v>
       </c>
       <c r="I19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J19" s="13">
         <v>559119</v>
       </c>
       <c r="K19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="L19" s="13">
-        <v>20723</v>
+        <v>6253</v>
       </c>
       <c r="M19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N19" s="13">
-        <v>604400</v>
+        <v>181558</v>
       </c>
       <c r="O19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="P19" s="13">
         <v>19456</v>
       </c>
       <c r="Q19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="R19" s="13">
         <v>561680</v>
       </c>
       <c r="S19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="T19" s="13">
         <v>19419</v>
       </c>
       <c r="U19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V19" s="13">
         <v>552825</v>
       </c>
       <c r="W19" t="s" s="12">
         <v>22</v>
       </c>
@@ -2470,107 +2470,107 @@
       <c r="AF19" s="13">
         <v>19303</v>
       </c>
       <c r="AG19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH19" s="13">
         <v>565443</v>
       </c>
       <c r="AI19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ19" s="13">
         <v>19409</v>
       </c>
       <c r="AK19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL19" s="13">
         <v>562317</v>
       </c>
       <c r="AM19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN19" s="13">
-        <v/>
+        <v>19609</v>
       </c>
       <c r="AO19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP19" s="13">
-        <v/>
+        <v>565401</v>
       </c>
       <c r="AQ19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR19" s="13">
-        <v/>
+        <v>19137</v>
       </c>
       <c r="AS19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT19" s="13">
-        <v/>
+        <v>560369</v>
       </c>
       <c r="AU19" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV19" s="13">
-        <v/>
+        <v>20673</v>
       </c>
       <c r="AW19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX19" s="13">
-        <v/>
+        <v>621820</v>
       </c>
       <c r="AY19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ19" s="14">
-        <v>177594</v>
+        <v>222543</v>
       </c>
       <c r="BA19" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB19" s="14">
-        <v>5117778</v>
+        <v>6442526</v>
       </c>
       <c r="BC19" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:55">
       <c r="A20" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C20" t="s" s="12">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D20" s="13">
         <v/>
       </c>
       <c r="E20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F20" s="13">
         <v/>
       </c>
       <c r="G20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H20" s="13">
         <v/>
       </c>
       <c r="I20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J20" s="13">
         <v/>
       </c>
       <c r="K20" t="s" s="12">
         <v>22</v>
       </c>
@@ -2693,51 +2693,51 @@
       </c>
       <c r="AY20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ20" s="14">
         <v>0</v>
       </c>
       <c r="BA20" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB20" s="14">
         <v>0</v>
       </c>
       <c r="BC20" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:55">
       <c r="A21" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C21" t="s" s="12">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D21" s="13">
         <v>8384</v>
       </c>
       <c r="E21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F21" s="13">
         <v>29587402</v>
       </c>
       <c r="G21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H21" s="13">
         <v>8532</v>
       </c>
       <c r="I21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J21" s="13">
         <v>28299670</v>
       </c>
       <c r="K21" t="s" s="12">
         <v>22</v>
       </c>
@@ -2804,427 +2804,427 @@
       <c r="AF21" s="13">
         <v>28076</v>
       </c>
       <c r="AG21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH21" s="13">
         <v>23824354</v>
       </c>
       <c r="AI21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ21" s="13">
         <v>28541</v>
       </c>
       <c r="AK21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL21" s="13">
         <v>32255284</v>
       </c>
       <c r="AM21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN21" s="13">
-        <v/>
+        <v>27914</v>
       </c>
       <c r="AO21" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP21" s="13">
-        <v/>
+        <v>32879980</v>
       </c>
       <c r="AQ21" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR21" s="13">
-        <v/>
+        <v>26134</v>
       </c>
       <c r="AS21" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT21" s="13">
-        <v/>
+        <v>27124566</v>
       </c>
       <c r="AU21" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV21" s="13">
-        <v/>
+        <v>27587</v>
       </c>
       <c r="AW21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX21" s="13">
-        <v/>
+        <v>24302653</v>
       </c>
       <c r="AY21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ21" s="14">
-        <v>140199</v>
+        <v>221834</v>
       </c>
       <c r="BA21" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB21" s="14">
-        <v>302597304</v>
+        <v>386904503</v>
       </c>
       <c r="BC21" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:55">
       <c r="A22" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B22" t="s" s="21">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C22" t="s" s="21">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D22" s="9">
-        <v>15087916</v>
+        <v>15091218</v>
       </c>
       <c r="E22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="F22" s="9">
-        <v>2492252117</v>
+        <v>2495144202</v>
       </c>
       <c r="G22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="H22" s="9">
-        <v>14943875</v>
+        <v>14944408</v>
       </c>
       <c r="I22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="J22" s="9">
-        <v>2723066578</v>
+        <v>2723247409</v>
       </c>
       <c r="K22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="L22" s="9">
-        <v>16099767</v>
+        <v>12916454</v>
       </c>
       <c r="M22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="N22" s="9">
-        <v>3288143869</v>
+        <v>2648074419</v>
       </c>
       <c r="O22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="P22" s="9">
-        <v>15428476</v>
+        <v>15428986</v>
       </c>
       <c r="Q22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="R22" s="9">
-        <v>2753066830</v>
+        <v>2753227062</v>
       </c>
       <c r="S22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="T22" s="9">
-        <v>15873918</v>
+        <v>15874277</v>
       </c>
       <c r="U22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V22" s="9">
-        <v>2904247825</v>
+        <v>2904351754</v>
       </c>
       <c r="W22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="X22" s="9">
-        <v>16221602</v>
+        <v>16222094</v>
       </c>
       <c r="Y22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="Z22" s="9">
-        <v>3223284140</v>
+        <v>3223491184</v>
       </c>
       <c r="AA22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AB22" s="9">
-        <v>16223742</v>
+        <v>16224177</v>
       </c>
       <c r="AC22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AD22" s="9">
-        <v>3020559413</v>
+        <v>3020741551</v>
       </c>
       <c r="AE22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AF22" s="9">
-        <v>14796189</v>
+        <v>14796486</v>
       </c>
       <c r="AG22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH22" s="9">
-        <v>2421248209</v>
+        <v>2421412191</v>
       </c>
       <c r="AI22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ22" s="9">
-        <v>18033404</v>
+        <v>18033650</v>
       </c>
       <c r="AK22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL22" s="9">
-        <v>3299970814</v>
+        <v>3300297892</v>
       </c>
       <c r="AM22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN22" s="9">
-        <v/>
+        <v>16676774</v>
       </c>
       <c r="AO22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AP22" s="9">
-        <v/>
+        <v>3057899347</v>
       </c>
       <c r="AQ22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AR22" s="9">
-        <v/>
+        <v>16034919</v>
       </c>
       <c r="AS22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AT22" s="9">
-        <v/>
+        <v>3111016045</v>
       </c>
       <c r="AU22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AV22" s="9">
-        <v/>
+        <v>17174853</v>
       </c>
       <c r="AW22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX22" s="9">
-        <v/>
+        <v>3600419909</v>
       </c>
       <c r="AY22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ22" s="19">
-        <v>142708889</v>
+        <v>189418296</v>
       </c>
       <c r="BA22" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB22" s="19">
-        <v>26125839795</v>
+        <v>35259322965</v>
       </c>
       <c r="BC22" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:55">
       <c r="A23" t="s" s="22">
         <v>22</v>
       </c>
       <c r="B23" t="s" s="23">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="D23" s="19">
-        <v>18209527</v>
+        <v>18212829</v>
       </c>
       <c r="E23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="F23" s="19">
-        <v>3505381242</v>
+        <v>3508273327</v>
       </c>
       <c r="G23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="H23" s="19">
-        <v>17990264</v>
+        <v>17990797</v>
       </c>
       <c r="I23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="J23" s="19">
-        <v>3804064850</v>
+        <v>3804245681</v>
       </c>
       <c r="K23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="L23" s="19">
-        <v>19305386</v>
+        <v>16117913</v>
       </c>
       <c r="M23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="N23" s="19">
-        <v>4770141219</v>
+        <v>4128851959</v>
       </c>
       <c r="O23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="P23" s="19">
-        <v>18387963</v>
+        <v>18388473</v>
       </c>
       <c r="Q23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="R23" s="19">
-        <v>3846730225</v>
+        <v>3846890457</v>
       </c>
       <c r="S23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="T23" s="19">
-        <v>18775069</v>
+        <v>18775428</v>
       </c>
       <c r="U23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="V23" s="19">
-        <v>4194468064</v>
+        <v>4194571993</v>
       </c>
       <c r="W23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="X23" s="19">
-        <v>19135863</v>
+        <v>19136355</v>
       </c>
       <c r="Y23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="Z23" s="19">
-        <v>4478234145</v>
+        <v>4478441189</v>
       </c>
       <c r="AA23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AB23" s="19">
-        <v>19184309</v>
+        <v>19184744</v>
       </c>
       <c r="AC23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AD23" s="19">
-        <v>4215951403</v>
+        <v>4216133541</v>
       </c>
       <c r="AE23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AF23" s="19">
-        <v>17474530</v>
+        <v>17474827</v>
       </c>
       <c r="AG23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AH23" s="19">
-        <v>3221582120</v>
+        <v>3221746102</v>
       </c>
       <c r="AI23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AJ23" s="19">
-        <v>20924940</v>
+        <v>20925186</v>
       </c>
       <c r="AK23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AL23" s="19">
-        <v>4568353387</v>
+        <v>4568680465</v>
       </c>
       <c r="AM23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AN23" s="19">
-        <v/>
+        <v>19485764</v>
       </c>
       <c r="AO23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AP23" s="19">
-        <v/>
+        <v>4257532088</v>
       </c>
       <c r="AQ23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AR23" s="19">
-        <v/>
+        <v>18632071</v>
       </c>
       <c r="AS23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AT23" s="19">
-        <v/>
+        <v>4338471691</v>
       </c>
       <c r="AU23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AV23" s="19">
-        <v/>
+        <v>19891363</v>
       </c>
       <c r="AW23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AX23" s="19">
-        <v/>
+        <v>4817411049</v>
       </c>
       <c r="AY23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AZ23" s="19">
-        <v>169387851</v>
+        <v>224215750</v>
       </c>
       <c r="BA23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB23" s="19">
-        <v>36604906655</v>
+        <v>49381249542</v>
       </c>
       <c r="BC23" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:55">
       <c r="A24" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C24" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D24" s="13">
         <v>286136</v>
       </c>
       <c r="E24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F24" s="13">
         <v>2445794873</v>
       </c>
       <c r="G24" t="s" s="12">
@@ -3305,107 +3305,107 @@
       <c r="AF24" s="13">
         <v>277442</v>
       </c>
       <c r="AG24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH24" s="13">
         <v>3644796233</v>
       </c>
       <c r="AI24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ24" s="13">
         <v>298851</v>
       </c>
       <c r="AK24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL24" s="13">
         <v>4524504542</v>
       </c>
       <c r="AM24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN24" s="13">
-        <v/>
+        <v>296101</v>
       </c>
       <c r="AO24" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP24" s="13">
-        <v/>
+        <v>4253681087</v>
       </c>
       <c r="AQ24" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR24" s="13">
-        <v/>
+        <v>264337</v>
       </c>
       <c r="AS24" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT24" s="13">
-        <v/>
+        <v>4133070008</v>
       </c>
       <c r="AU24" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV24" s="13">
-        <v/>
+        <v>310352</v>
       </c>
       <c r="AW24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX24" s="13">
-        <v/>
+        <v>4600229781</v>
       </c>
       <c r="AY24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ24" s="14">
-        <v>2682643</v>
+        <v>3553433</v>
       </c>
       <c r="BA24" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB24" s="14">
-        <v>32641545674</v>
+        <v>45628526550</v>
       </c>
       <c r="BC24" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:55">
       <c r="A25" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B25" t="s" s="12">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C25" t="s" s="12">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D25" s="13">
         <v>12402</v>
       </c>
       <c r="E25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F25" s="13">
         <v>11633220</v>
       </c>
       <c r="G25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H25" s="13">
         <v>12198</v>
       </c>
       <c r="I25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J25" s="13">
         <v>12161516</v>
       </c>
       <c r="K25" t="s" s="12">
         <v>22</v>
       </c>
@@ -3472,107 +3472,107 @@
       <c r="AF25" s="13">
         <v>13310</v>
       </c>
       <c r="AG25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH25" s="13">
         <v>14384549</v>
       </c>
       <c r="AI25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ25" s="13">
         <v>14240</v>
       </c>
       <c r="AK25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL25" s="13">
         <v>22623136</v>
       </c>
       <c r="AM25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN25" s="13">
-        <v/>
+        <v>13468</v>
       </c>
       <c r="AO25" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP25" s="13">
-        <v/>
+        <v>20206558</v>
       </c>
       <c r="AQ25" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR25" s="13">
-        <v/>
+        <v>11111</v>
       </c>
       <c r="AS25" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT25" s="13">
-        <v/>
+        <v>13550244</v>
       </c>
       <c r="AU25" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV25" s="13">
-        <v/>
+        <v>13988</v>
       </c>
       <c r="AW25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX25" s="13">
-        <v/>
+        <v>18573765</v>
       </c>
       <c r="AY25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ25" s="14">
-        <v>116871</v>
+        <v>155438</v>
       </c>
       <c r="BA25" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB25" s="14">
-        <v>135388923</v>
+        <v>187719490</v>
       </c>
       <c r="BC25" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:55">
       <c r="A26" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C26" t="s" s="12">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D26" s="13">
         <v/>
       </c>
       <c r="E26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F26" s="13">
         <v/>
       </c>
       <c r="G26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H26" s="13">
         <v/>
       </c>
       <c r="I26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J26" s="13">
         <v/>
       </c>
       <c r="K26" t="s" s="12">
         <v>22</v>
       </c>
@@ -3692,54 +3692,54 @@
       </c>
       <c r="AX26" s="13">
         <v/>
       </c>
       <c r="AY26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ26" s="14">
         <v>0</v>
       </c>
       <c r="BA26" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB26" s="14">
         <v>0</v>
       </c>
       <c r="BC26" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:55">
       <c r="A27" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B27" t="s" s="16">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C27" t="s" s="16">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D27" s="17">
         <v>298538</v>
       </c>
       <c r="E27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="F27" s="17">
         <v>2457428093</v>
       </c>
       <c r="G27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="H27" s="17">
         <v>304331</v>
       </c>
       <c r="I27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="J27" s="17">
         <v>1732369939</v>
       </c>
       <c r="K27" t="s" s="18">
         <v>22</v>
       </c>
@@ -3806,93 +3806,93 @@
       <c r="AF27" s="17">
         <v>290752</v>
       </c>
       <c r="AG27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AH27" s="17">
         <v>3659180782</v>
       </c>
       <c r="AI27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AJ27" s="17">
         <v>313091</v>
       </c>
       <c r="AK27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AL27" s="17">
         <v>4547127678</v>
       </c>
       <c r="AM27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AN27" s="17">
-        <v/>
+        <v>309569</v>
       </c>
       <c r="AO27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AP27" s="17">
-        <v/>
+        <v>4273887645</v>
       </c>
       <c r="AQ27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AR27" s="17">
-        <v/>
+        <v>275448</v>
       </c>
       <c r="AS27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AT27" s="17">
-        <v/>
+        <v>4146620252</v>
       </c>
       <c r="AU27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AV27" s="17">
-        <v/>
+        <v>324340</v>
       </c>
       <c r="AW27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AX27" s="17">
-        <v/>
+        <v>4618803546</v>
       </c>
       <c r="AY27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AZ27" s="19">
-        <v>2799514</v>
+        <v>3708871</v>
       </c>
       <c r="BA27" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB27" s="19">
-        <v>32776934597</v>
+        <v>45816246040</v>
       </c>
       <c r="BC27" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:55">
       <c r="A28" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C28" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D28" s="13">
         <v>1242819</v>
       </c>
       <c r="E28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F28" s="13">
         <v>1755107486</v>
       </c>
       <c r="G28" t="s" s="12">
@@ -3925,394 +3925,394 @@
       <c r="P28" s="13">
         <v>1454402</v>
       </c>
       <c r="Q28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="R28" s="13">
         <v>1413724760</v>
       </c>
       <c r="S28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="T28" s="13">
         <v>2023973</v>
       </c>
       <c r="U28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V28" s="13">
         <v>2036333457</v>
       </c>
       <c r="W28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X28" s="13">
-        <v>1131421</v>
+        <v>1332081</v>
       </c>
       <c r="Y28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="Z28" s="13">
-        <v>1329808586</v>
+        <v>1440465580</v>
       </c>
       <c r="AA28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AB28" s="13">
-        <v>1082114</v>
+        <v>1282435</v>
       </c>
       <c r="AC28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AD28" s="13">
-        <v>1202984368</v>
+        <v>1313457568</v>
       </c>
       <c r="AE28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AF28" s="13">
-        <v>1004760</v>
+        <v>1204133</v>
       </c>
       <c r="AG28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AH28" s="13">
-        <v>1378082310</v>
+        <v>1488619150</v>
       </c>
       <c r="AI28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AJ28" s="13">
-        <v>1026996</v>
+        <v>1226682</v>
       </c>
       <c r="AK28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AL28" s="13">
-        <v>1938923589</v>
+        <v>2063442140</v>
       </c>
       <c r="AM28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AN28" s="13">
-        <v/>
+        <v>1193599</v>
       </c>
       <c r="AO28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP28" s="13">
-        <v/>
+        <v>1035959352</v>
       </c>
       <c r="AQ28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR28" s="13">
-        <v/>
+        <v>1144707</v>
       </c>
       <c r="AS28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT28" s="13">
-        <v/>
+        <v>1681631605</v>
       </c>
       <c r="AU28" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV28" s="13">
-        <v/>
+        <v>1617113</v>
       </c>
       <c r="AW28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX28" s="13">
-        <v/>
+        <v>2267188238</v>
       </c>
       <c r="AY28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ28" s="14">
-        <v>11428412</v>
+        <v>16183871</v>
       </c>
       <c r="BA28" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB28" s="14">
-        <v>14532682949</v>
+        <v>19973647729</v>
       </c>
       <c r="BC28" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:55">
       <c r="A29" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C29" t="s" s="12">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D29" s="13">
         <v>9258134</v>
       </c>
       <c r="E29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="F29" s="13">
         <v>25790326062</v>
       </c>
       <c r="G29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H29" s="13">
         <v>9137985</v>
       </c>
       <c r="I29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="J29" s="13">
         <v>24630397385</v>
       </c>
       <c r="K29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L29" s="13">
         <v>9915071</v>
       </c>
       <c r="M29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="N29" s="13">
         <v>36288578342</v>
       </c>
       <c r="O29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="P29" s="13">
         <v>10384867</v>
       </c>
       <c r="Q29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="R29" s="13">
         <v>27603720374</v>
       </c>
       <c r="S29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="T29" s="13">
         <v>10164923</v>
       </c>
       <c r="U29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="V29" s="13">
         <v>26449586126</v>
       </c>
       <c r="W29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="X29" s="13">
         <v>11181383</v>
       </c>
       <c r="Y29" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="Z29" s="13">
-        <v>32325461076</v>
+        <v>32325461077</v>
       </c>
       <c r="AA29" t="s" s="12">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AB29" s="13">
         <v>11110752</v>
       </c>
       <c r="AC29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD29" s="13">
-        <v>32916683505</v>
+        <v>32916683506</v>
       </c>
       <c r="AE29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AF29" s="13">
         <v>9713780</v>
       </c>
       <c r="AG29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH29" s="13">
-        <v>25699268413</v>
+        <v>25699268414</v>
       </c>
       <c r="AI29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AJ29" s="13">
         <v>10622875</v>
       </c>
       <c r="AK29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL29" s="13">
         <v>31096376396</v>
       </c>
       <c r="AM29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN29" s="13">
-        <v/>
+        <v>10717441</v>
       </c>
       <c r="AO29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP29" s="13">
-        <v/>
+        <v>29065745784</v>
       </c>
       <c r="AQ29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR29" s="13">
-        <v/>
+        <v>9603222</v>
       </c>
       <c r="AS29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT29" s="13">
-        <v/>
+        <v>27113730490</v>
       </c>
       <c r="AU29" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV29" s="13">
-        <v/>
+        <v>11990331</v>
       </c>
       <c r="AW29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX29" s="13">
-        <v/>
+        <v>36743134711</v>
       </c>
       <c r="AY29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ29" s="14">
-        <v>91489770</v>
+        <v>123800764</v>
       </c>
       <c r="BA29" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB29" s="14">
-        <v>262800397679</v>
+        <v>355723008667</v>
       </c>
       <c r="BC29" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:55">
       <c r="A30" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C30" t="s" s="12">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D30" s="13">
         <v/>
       </c>
       <c r="E30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="F30" s="13">
         <v/>
       </c>
       <c r="G30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H30" s="13">
         <v/>
       </c>
       <c r="I30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="J30" s="13">
         <v/>
       </c>
       <c r="K30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L30" s="13">
         <v/>
       </c>
       <c r="M30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="N30" s="13">
         <v/>
       </c>
       <c r="O30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="P30" s="13">
         <v/>
       </c>
       <c r="Q30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="R30" s="13">
         <v/>
       </c>
       <c r="S30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="T30" s="13">
         <v/>
       </c>
       <c r="U30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="V30" s="13">
         <v/>
       </c>
       <c r="W30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="X30" s="13">
         <v/>
       </c>
       <c r="Y30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="Z30" s="13">
         <v/>
       </c>
       <c r="AA30" t="s" s="12">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="AB30" s="13">
         <v/>
       </c>
       <c r="AC30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD30" s="13">
         <v/>
       </c>
       <c r="AE30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF30" s="13">
         <v/>
       </c>
       <c r="AG30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH30" s="13">
         <v/>
       </c>
       <c r="AI30" t="s" s="12">
         <v>22</v>
       </c>
@@ -4363,51 +4363,51 @@
       </c>
       <c r="AY30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ30" s="14">
         <v>0</v>
       </c>
       <c r="BA30" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB30" s="14">
         <v>0</v>
       </c>
       <c r="BC30" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:55">
       <c r="A31" t="s" s="7">
         <v>37</v>
       </c>
       <c r="B31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C31" t="s" s="12">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D31" s="13">
         <v>1879505</v>
       </c>
       <c r="E31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F31" s="13">
         <v>1304969366</v>
       </c>
       <c r="G31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H31" s="13">
         <v>1905176</v>
       </c>
       <c r="I31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J31" s="13">
         <v>1326889608</v>
       </c>
       <c r="K31" t="s" s="12">
         <v>22</v>
       </c>
@@ -4474,107 +4474,107 @@
       <c r="AF31" s="13">
         <v>2108078</v>
       </c>
       <c r="AG31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH31" s="13">
         <v>1635450510</v>
       </c>
       <c r="AI31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ31" s="13">
         <v>2382738</v>
       </c>
       <c r="AK31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL31" s="13">
         <v>1821363046</v>
       </c>
       <c r="AM31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN31" s="13">
-        <v/>
+        <v>2382429</v>
       </c>
       <c r="AO31" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP31" s="13">
-        <v/>
+        <v>1824692107</v>
       </c>
       <c r="AQ31" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR31" s="13">
-        <v/>
+        <v>2158843</v>
       </c>
       <c r="AS31" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT31" s="13">
-        <v/>
+        <v>1606546537</v>
       </c>
       <c r="AU31" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV31" s="13">
-        <v/>
+        <v>2533270</v>
       </c>
       <c r="AW31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX31" s="13">
-        <v/>
+        <v>2070518551</v>
       </c>
       <c r="AY31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ31" s="14">
-        <v>19266862</v>
+        <v>26341404</v>
       </c>
       <c r="BA31" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB31" s="14">
-        <v>14220982312</v>
+        <v>19722739507</v>
       </c>
       <c r="BC31" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:55">
       <c r="A32" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B32" t="s" s="12">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C32" t="s" s="12">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D32" s="13">
         <v/>
       </c>
       <c r="E32" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F32" s="13">
         <v/>
       </c>
       <c r="G32" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H32" s="13">
         <v/>
       </c>
       <c r="I32" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J32" s="13">
         <v/>
       </c>
       <c r="K32" t="s" s="12">
         <v>22</v>
       </c>
@@ -4697,51 +4697,51 @@
       </c>
       <c r="AY32" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ32" s="14">
         <v>0</v>
       </c>
       <c r="BA32" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB32" s="14">
         <v>0</v>
       </c>
       <c r="BC32" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:55">
       <c r="A33" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B33" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C33" t="s" s="12">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D33" s="13">
         <v/>
       </c>
       <c r="E33" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F33" s="13">
         <v/>
       </c>
       <c r="G33" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H33" s="13">
         <v/>
       </c>
       <c r="I33" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J33" s="13">
         <v/>
       </c>
       <c r="K33" t="s" s="12">
         <v>22</v>
       </c>
@@ -4864,51 +4864,51 @@
       </c>
       <c r="AY33" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ33" s="14">
         <v>0</v>
       </c>
       <c r="BA33" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB33" s="14">
         <v>0</v>
       </c>
       <c r="BC33" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:55">
       <c r="A34" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B34" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C34" t="s" s="12">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D34" s="13">
         <v/>
       </c>
       <c r="E34" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F34" s="13">
         <v/>
       </c>
       <c r="G34" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H34" s="13">
         <v/>
       </c>
       <c r="I34" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J34" s="13">
         <v/>
       </c>
       <c r="K34" t="s" s="12">
         <v>22</v>
       </c>
@@ -5142,107 +5142,107 @@
       <c r="AF35" s="13">
         <v>1075164</v>
       </c>
       <c r="AG35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH35" s="13">
         <v>3169320714</v>
       </c>
       <c r="AI35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ35" s="13">
         <v>1100611</v>
       </c>
       <c r="AK35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL35" s="13">
         <v>3182289654</v>
       </c>
       <c r="AM35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN35" s="13">
-        <v/>
+        <v>1023598</v>
       </c>
       <c r="AO35" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP35" s="13">
-        <v/>
+        <v>2864409494</v>
       </c>
       <c r="AQ35" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR35" s="13">
-        <v/>
+        <v>883577</v>
       </c>
       <c r="AS35" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT35" s="13">
-        <v/>
+        <v>2603647061</v>
       </c>
       <c r="AU35" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV35" s="13">
-        <v/>
+        <v>998462</v>
       </c>
       <c r="AW35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX35" s="13">
-        <v/>
+        <v>3396325285</v>
       </c>
       <c r="AY35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ35" s="14">
-        <v>9039397</v>
+        <v>11945034</v>
       </c>
       <c r="BA35" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB35" s="14">
-        <v>30958083619</v>
+        <v>39822465459</v>
       </c>
       <c r="BC35" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:55">
       <c r="A36" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C36" t="s" s="12">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D36" s="13">
         <v>388653</v>
       </c>
       <c r="E36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F36" s="13">
         <v>1580458329</v>
       </c>
       <c r="G36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H36" s="13">
         <v>491387</v>
       </c>
       <c r="I36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J36" s="13">
         <v>1555630281</v>
       </c>
       <c r="K36" t="s" s="12">
         <v>22</v>
       </c>
@@ -5309,107 +5309,107 @@
       <c r="AF36" s="13">
         <v>643081</v>
       </c>
       <c r="AG36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH36" s="13">
         <v>1528944195</v>
       </c>
       <c r="AI36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ36" s="13">
         <v>716943</v>
       </c>
       <c r="AK36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL36" s="13">
         <v>1528089449</v>
       </c>
       <c r="AM36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN36" s="13">
-        <v/>
+        <v>735909</v>
       </c>
       <c r="AO36" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AP36" s="13">
-        <v/>
+        <v>1857678298</v>
       </c>
       <c r="AQ36" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AR36" s="13">
-        <v/>
+        <v>642774</v>
       </c>
       <c r="AS36" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AT36" s="13">
-        <v/>
+        <v>1708321174</v>
       </c>
       <c r="AU36" t="s" s="12">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AV36" s="13">
-        <v/>
+        <v>723940</v>
       </c>
       <c r="AW36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX36" s="13">
-        <v/>
+        <v>2289586103</v>
       </c>
       <c r="AY36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ36" s="14">
-        <v>5486683</v>
+        <v>7589306</v>
       </c>
       <c r="BA36" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB36" s="14">
-        <v>14202759490</v>
+        <v>20058345065</v>
       </c>
       <c r="BC36" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:55">
       <c r="A37" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B37" t="s" s="21">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C37" t="s" s="21">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D37" s="9">
         <v>13650724</v>
       </c>
       <c r="E37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="F37" s="9">
         <v>33642585263</v>
       </c>
       <c r="G37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="H37" s="9">
         <v>13600137</v>
       </c>
       <c r="I37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="J37" s="9">
         <v>31917519884</v>
       </c>
       <c r="K37" t="s" s="8">
         <v>22</v>
       </c>
@@ -5428,152 +5428,152 @@
       <c r="P37" s="9">
         <v>15529159</v>
       </c>
       <c r="Q37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="R37" s="9">
         <v>35413469153</v>
       </c>
       <c r="S37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="T37" s="9">
         <v>15990319</v>
       </c>
       <c r="U37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V37" s="9">
         <v>34272795110</v>
       </c>
       <c r="W37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="X37" s="9">
-        <v>16318165</v>
+        <v>16518825</v>
       </c>
       <c r="Y37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="Z37" s="9">
-        <v>40536234344</v>
+        <v>40646891339</v>
       </c>
       <c r="AA37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AB37" s="9">
-        <v>16499959</v>
+        <v>16700280</v>
       </c>
       <c r="AC37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AD37" s="9">
-        <v>42137393743</v>
+        <v>42247866944</v>
       </c>
       <c r="AE37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AF37" s="9">
-        <v>14544863</v>
+        <v>14744236</v>
       </c>
       <c r="AG37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH37" s="9">
-        <v>33411066142</v>
+        <v>33521602983</v>
       </c>
       <c r="AI37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ37" s="9">
-        <v>15850163</v>
+        <v>16049849</v>
       </c>
       <c r="AK37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL37" s="9">
-        <v>39567042134</v>
+        <v>39691560685</v>
       </c>
       <c r="AM37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN37" s="9">
-        <v/>
+        <v>16052976</v>
       </c>
       <c r="AO37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AP37" s="9">
-        <v/>
+        <v>36648485035</v>
       </c>
       <c r="AQ37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AR37" s="9">
-        <v/>
+        <v>14433123</v>
       </c>
       <c r="AS37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AT37" s="9">
-        <v/>
+        <v>34713876867</v>
       </c>
       <c r="AU37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AV37" s="9">
-        <v/>
+        <v>17863116</v>
       </c>
       <c r="AW37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX37" s="9">
-        <v/>
+        <v>46766752888</v>
       </c>
       <c r="AY37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ37" s="19">
-        <v>136711124</v>
+        <v>185860379</v>
       </c>
       <c r="BA37" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB37" s="19">
-        <v>336714906049</v>
+        <v>455300206427</v>
       </c>
       <c r="BC37" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:55">
       <c r="A38" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B38" t="s" s="23">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="D38" s="19">
         <v>13949262</v>
       </c>
       <c r="E38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="F38" s="19">
         <v>36100013356</v>
       </c>
       <c r="G38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="H38" s="19">
         <v>13904468</v>
       </c>
       <c r="I38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="J38" s="19">
         <v>33649889823</v>
       </c>
@@ -5595,308 +5595,308 @@
       <c r="P38" s="19">
         <v>15848825</v>
       </c>
       <c r="Q38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="R38" s="19">
         <v>39557607657</v>
       </c>
       <c r="S38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="T38" s="19">
         <v>16303893</v>
       </c>
       <c r="U38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="V38" s="19">
         <v>37837783547</v>
       </c>
       <c r="W38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="X38" s="19">
-        <v>16631646</v>
+        <v>16832306</v>
       </c>
       <c r="Y38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="Z38" s="19">
-        <v>45192918020</v>
+        <v>45303575015</v>
       </c>
       <c r="AA38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AB38" s="19">
-        <v>16829103</v>
+        <v>17029424</v>
       </c>
       <c r="AC38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AD38" s="19">
-        <v>46130341571</v>
+        <v>46240814772</v>
       </c>
       <c r="AE38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AF38" s="19">
-        <v>14835615</v>
+        <v>15034988</v>
       </c>
       <c r="AG38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AH38" s="19">
-        <v>37070246924</v>
+        <v>37180783765</v>
       </c>
       <c r="AI38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AJ38" s="19">
-        <v>16163254</v>
+        <v>16362940</v>
       </c>
       <c r="AK38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AL38" s="19">
-        <v>44114169812</v>
+        <v>44238688363</v>
       </c>
       <c r="AM38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AN38" s="19">
-        <v/>
+        <v>16362545</v>
       </c>
       <c r="AO38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AP38" s="19">
-        <v/>
+        <v>40922372680</v>
       </c>
       <c r="AQ38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AR38" s="19">
-        <v/>
+        <v>14708571</v>
       </c>
       <c r="AS38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AT38" s="19">
-        <v/>
+        <v>38860497119</v>
       </c>
       <c r="AU38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AV38" s="19">
-        <v/>
+        <v>18187456</v>
       </c>
       <c r="AW38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AX38" s="19">
-        <v/>
+        <v>51385556434</v>
       </c>
       <c r="AY38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AZ38" s="19">
-        <v>139510638</v>
+        <v>189569250</v>
       </c>
       <c r="BA38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB38" s="19">
-        <v>369491840646</v>
+        <v>501116452467</v>
       </c>
       <c r="BC38" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:55">
       <c r="A39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="B39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="C39" t="s" s="23">
         <v>39</v>
       </c>
       <c r="D39" s="24">
-        <v>32158789</v>
+        <v>32162091</v>
       </c>
       <c r="E39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="F39" s="24">
-        <v>39605394598</v>
+        <v>39608286683</v>
       </c>
       <c r="G39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="H39" s="24">
-        <v>31894732</v>
+        <v>31895265</v>
       </c>
       <c r="I39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="J39" s="24">
-        <v>37453954673</v>
+        <v>37454135504</v>
       </c>
       <c r="K39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="L39" s="24">
-        <v>34349958</v>
+        <v>31162485</v>
       </c>
       <c r="M39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="N39" s="24">
-        <v>54609011155</v>
+        <v>53967721895</v>
       </c>
       <c r="O39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="P39" s="24">
-        <v>34236788</v>
+        <v>34237298</v>
       </c>
       <c r="Q39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="R39" s="24">
-        <v>43404337882</v>
+        <v>43404498114</v>
       </c>
       <c r="S39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="T39" s="24">
-        <v>35078962</v>
+        <v>35079321</v>
       </c>
       <c r="U39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="V39" s="24">
-        <v>42032251611</v>
+        <v>42032355540</v>
       </c>
       <c r="W39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="X39" s="24">
-        <v>35767509</v>
+        <v>35968661</v>
       </c>
       <c r="Y39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="Z39" s="24">
-        <v>49671152165</v>
+        <v>49782016204</v>
       </c>
       <c r="AA39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AB39" s="24">
-        <v>36013412</v>
+        <v>36214168</v>
       </c>
       <c r="AC39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AD39" s="24">
-        <v>50346292974</v>
+        <v>50456948313</v>
       </c>
       <c r="AE39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AF39" s="24">
-        <v>32310145</v>
+        <v>32509815</v>
       </c>
       <c r="AG39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AH39" s="24">
-        <v>40291829044</v>
+        <v>40402529867</v>
       </c>
       <c r="AI39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AJ39" s="24">
-        <v>37088194</v>
+        <v>37288126</v>
       </c>
       <c r="AK39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AL39" s="24">
-        <v>48682523199</v>
+        <v>48807368828</v>
       </c>
       <c r="AM39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AN39" s="24">
-        <v/>
+        <v>35848309</v>
       </c>
       <c r="AO39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AP39" s="24">
-        <v/>
+        <v>45179904768</v>
       </c>
       <c r="AQ39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AR39" s="24">
-        <v/>
+        <v>33340642</v>
       </c>
       <c r="AS39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AT39" s="24">
-        <v/>
+        <v>43198968810</v>
       </c>
       <c r="AU39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AV39" s="24">
-        <v/>
+        <v>38078819</v>
       </c>
       <c r="AW39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AX39" s="24">
-        <v/>
+        <v>56202967483</v>
       </c>
       <c r="AY39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AZ39" s="24">
-        <v>308898489</v>
+        <v>413785000</v>
       </c>
       <c r="BA39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="BB39" s="24">
-        <v>406096747301</v>
+        <v>550497702009</v>
       </c>
       <c r="BC39" t="s" s="23">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:55">
       <c r="A40" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:55">
       <c r="A41" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="47">
     <mergeCell ref="A1:BC1"/>
     <mergeCell ref="A2:BC2"/>
     <mergeCell ref="A3:BC3"/>
     <mergeCell ref="A4:BC4"/>
     <mergeCell ref="A5:BC5"/>
     <mergeCell ref="A6:BC6"/>
     <mergeCell ref="A7:BC7"/>
     <mergeCell ref="A8:C9"/>